--- v0 (2025-10-22)
+++ v1 (2026-02-09)
@@ -1,62 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.244.92.201\22学生係\17　オンリー１\R7_20310331保存期間満了\01_募集\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.244.92.201\22学生係\17　オンリー１\R8_20320331保存期間満了\01_募集\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{459B4970-9556-49BE-8F14-6B207F973035}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BB50EB21-423A-4BAE-A7C7-D62BE7B06D5D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="R7" sheetId="1" r:id="rId1"/>
+    <sheet name="R8" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="114210"/>
+  <extLst>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <si>
     <t>プロジェクト名</t>
     <rPh sb="6" eb="7">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>活動学生</t>
     <rPh sb="0" eb="2">
       <t>カツドウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ガクセイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>状　　　況</t>
     <rPh sb="0" eb="1">
@@ -139,51 +144,51 @@
       <t>トウ</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>キサイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>そ　の　他</t>
     <rPh sb="4" eb="5">
       <t>タ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>目　　　的</t>
     <rPh sb="0" eb="1">
       <t>メ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>マト</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>令和７年度オンリー１プロジェクト活動報告書</t>
+    <t>令和８年度オンリー１プロジェクト活動報告書</t>
     <rPh sb="9" eb="10">
       <t>ワン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
@@ -695,45 +700,45 @@
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.51200000000000001" footer="0.51200000000000001"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>R7</vt:lpstr>
+      <vt:lpstr>R8</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>学生課</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>gakuse0</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>